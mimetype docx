--- v0 (2026-01-05)
+++ v1 (2026-03-04)
@@ -1,227 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00B15AC0" w:rsidRPr="005F607A" w:rsidRDefault="00B15AC0" w:rsidP="006F0438">
-      <w:pPr>
+    <w:p w:rsidR="00C970C9" w:rsidRPr="00C970C9" w:rsidRDefault="00C970C9" w:rsidP="00C970C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4703"/>
+          <w:tab w:val="right" w:pos="9406"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ДЕТСКА ГРАДИНА „СЛЪНЦЕ”</w:t>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">ДЕТСКА ГРАДИНА „СЛЪНЦЕ” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>- ГРАД КЮСТЕНДИЛ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C970C9" w:rsidRPr="00C970C9" w:rsidRDefault="00C970C9" w:rsidP="00C970C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4703"/>
+          <w:tab w:val="right" w:pos="9406"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C970C9" w:rsidRPr="00C970C9" w:rsidRDefault="00C970C9" w:rsidP="00C970C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4703"/>
+          <w:tab w:val="right" w:pos="9406"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">2500 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F607A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>гр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F607A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>. Кюстендил, ул. „</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F607A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Кюстендил</w:t>
+        <w:t>Цар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F607A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F607A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ул</w:t>
+        <w:t>Симеон</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F607A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> І” №84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тел: 078/550604, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>„</w:t>
-[...59 lines deleted...]
-        <w:t>e-mail: dg_slance@abv.bg</w:t>
+        <w:t xml:space="preserve">e-mail: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>info-1000057@edu.mon.bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B15AC0" w:rsidRDefault="00B15AC0" w:rsidP="006F0438">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="300" w:lineRule="exact"/>
         <w:ind w:firstLine="397"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AA1E2E" w:rsidRDefault="00AA1E2E" w:rsidP="00AA1E2E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
@@ -303,51 +279,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>НА ДЕТСКА ГРАДИНА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B15AC0" w:rsidRPr="00DF6798" w:rsidRDefault="00B15AC0" w:rsidP="006F0438">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> „СЛЪНЦЕ”</w:t>
+        <w:t>„СЛЪНЦЕ”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B15AC0" w:rsidRPr="00DF6798" w:rsidRDefault="00B15AC0" w:rsidP="006F0438">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6798">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ОБЩИНА КЮСТЕНДИЛ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B15AC0" w:rsidRPr="00DF6798" w:rsidRDefault="00B15AC0" w:rsidP="006F0438">
@@ -1238,116 +1214,150 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3645"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="765"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F0438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B15AC0" w:rsidRPr="00B15AC0" w:rsidRDefault="00B15AC0" w:rsidP="006F0438">
+    <w:p w:rsidR="00C970C9" w:rsidRPr="00B15AC0" w:rsidRDefault="00C970C9" w:rsidP="006F0438">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3645"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="765"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00113E12" w:rsidRDefault="006F0438" w:rsidP="006F0438">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3645"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>в група „…………………</w:t>
       </w:r>
       <w:r w:rsidR="00C52ACA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:r w:rsidR="00B15AC0" w:rsidRPr="006F0438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>” в поча</w:t>
       </w:r>
       <w:r w:rsidR="0064065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>сова организация за учебната 2022/2023</w:t>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00C970C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ова организация за учебната 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C970C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C970C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C970C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B15AC0" w:rsidRPr="006F0438">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> година</w:t>
       </w:r>
       <w:r w:rsidR="00113E12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, считано </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B15AC0" w:rsidRDefault="00113E12" w:rsidP="006F0438">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3645"/>
         </w:tabs>
@@ -1361,131 +1371,194 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>от………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00113E12" w:rsidRPr="006F0438" w:rsidRDefault="00113E12" w:rsidP="006F0438">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3645"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B15AC0" w:rsidRPr="00A40061" w:rsidRDefault="00B15AC0" w:rsidP="00B15AC0">
-[...9 lines deleted...]
-    <w:p w:rsidR="00B15AC0" w:rsidRDefault="00B15AC0" w:rsidP="00B15AC0">
+    <w:p w:rsidR="00B15AC0" w:rsidRPr="00883E2F" w:rsidRDefault="00C970C9" w:rsidP="00B15AC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Декларирам, че съм спазил чл. 123, ал.1 от Семейния кодекс </w:t>
+      </w:r>
+      <w:r w:rsidR="000F4609">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>“Родителските права и задължения се упражняват в интерес на детето от двамата родители заедно и поотделно. Когато родителят е действал сам,</w:t>
+      </w:r>
+      <w:r w:rsidR="00883E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C970C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>той е длъжен да уведоми другия родител”</w:t>
+      </w:r>
+      <w:r w:rsidR="00883E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C970C9" w:rsidRPr="00A40061" w:rsidRDefault="00C970C9" w:rsidP="00B15AC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA1730" w:rsidRPr="000F4609" w:rsidRDefault="00B15AC0" w:rsidP="000F4609">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6135"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40061">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>С уважение:……………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40061">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t>Дата:…………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA1730" w:rsidRDefault="00FA1730"/>
-    <w:sectPr w:rsidR="00FA1730" w:rsidSect="00B15AC0">
+    <w:sectPr w:rsidR="00FA1730" w:rsidRPr="000F4609" w:rsidSect="00B15AC0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="991" w:bottom="1417" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="750E7A00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B823726"/>
     <w:lvl w:ilvl="0" w:tplc="2DA0CEF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="765" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1553,90 +1626,93 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B15AC0"/>
+    <w:rsid w:val="000F4609"/>
     <w:rsid w:val="00113E12"/>
     <w:rsid w:val="00223D05"/>
     <w:rsid w:val="005E2D13"/>
     <w:rsid w:val="00610476"/>
     <w:rsid w:val="0064065D"/>
     <w:rsid w:val="006F0438"/>
+    <w:rsid w:val="00883E2F"/>
     <w:rsid w:val="00A11591"/>
+    <w:rsid w:val="00A94FAD"/>
     <w:rsid w:val="00AA1E2E"/>
     <w:rsid w:val="00B15AC0"/>
     <w:rsid w:val="00C46A78"/>
     <w:rsid w:val="00C52ACA"/>
+    <w:rsid w:val="00C970C9"/>
     <w:rsid w:val="00D506CC"/>
     <w:rsid w:val="00D82289"/>
     <w:rsid w:val="00F06310"/>
     <w:rsid w:val="00FA1730"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="58A2554D"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{BEA5AB42-22B8-4860-B607-F94D9182AC87}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2349,75 +2425,75 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>185</Words>
-  <Characters>1058</Characters>
+  <Words>227</Words>
+  <Characters>1294</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1241</CharactersWithSpaces>
+  <CharactersWithSpaces>1518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>